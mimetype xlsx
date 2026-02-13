--- v0 (2025-11-03)
+++ v1 (2026-02-13)
@@ -12,98 +12,119 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>ejercicio</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>denominacion</t>
   </si>
   <si>
     <t>documento</t>
   </si>
   <si>
     <t>gasto_habitante</t>
   </si>
   <si>
     <t>ingr_habitante</t>
   </si>
   <si>
     <t>ingr_fiscal_habitante</t>
   </si>
   <si>
     <t>inversion_habitante</t>
   </si>
   <si>
     <t>superavit_habitante</t>
   </si>
   <si>
     <t>inv_infr_habitante</t>
   </si>
   <si>
     <t>porc_ingr_urbanismo</t>
   </si>
   <si>
     <t>porc_gasto_urbanismo</t>
   </si>
   <si>
     <t>autonomia</t>
   </si>
   <si>
     <t>autonomia_fiscal</t>
   </si>
   <si>
     <t>pmc</t>
+  </si>
+  <si>
+    <t>31-12-2024</t>
+  </si>
+  <si>
+    <t>1406,41</t>
+  </si>
+  <si>
+    <t>239,54</t>
+  </si>
+  <si>
+    <t>179,65</t>
+  </si>
+  <si>
+    <t>0,81</t>
+  </si>
+  <si>
+    <t>0,54</t>
+  </si>
+  <si>
+    <t>110,62</t>
   </si>
   <si>
     <t>31-12-2023</t>
   </si>
   <si>
     <t>1477,75</t>
   </si>
   <si>
     <t>199,81</t>
   </si>
   <si>
     <t>0,79</t>
   </si>
   <si>
     <t>0,52</t>
   </si>
   <si>
     <t>128,67</t>
   </si>
   <si>
     <t>31-12-2022</t>
   </si>
   <si>
     <t xml:space="preserve">https://governobert.ajmao.org/storage/uploads/1736851552INDICADORS_FINANCERS_2022.pdf , https://governobert.ajmao.org/storage/uploads/1737988264Indicadors_urbanistics_2022.pdf , </t>
   </si>
@@ -672,51 +693,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z9"/>
+  <dimension ref="A1:Z10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="277" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
@@ -760,368 +781,400 @@
       <c r="M1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>13</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>14</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>15</v>
       </c>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
       <c r="V1" s="2"/>
       <c r="W1" s="2"/>
       <c r="X1" s="2"/>
       <c r="Y1" s="2"/>
       <c r="Z1" s="2"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="1">
-        <v>143</v>
+        <v>222</v>
       </c>
       <c r="B2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
+      <c r="D2">
+        <v>2024</v>
+      </c>
       <c r="F2" t="s">
         <v>17</v>
       </c>
       <c r="I2" t="s">
         <v>18</v>
       </c>
-      <c r="J2">
-        <v>83</v>
+      <c r="J2" t="s">
+        <v>19</v>
       </c>
       <c r="N2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="P2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" s="1">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="B3">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C3" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
         <v>25</v>
       </c>
-      <c r="J3" t="s">
+      <c r="J3">
+        <v>83</v>
+      </c>
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="K3" t="s">
+      <c r="O3" t="s">
         <v>27</v>
       </c>
-      <c r="L3" t="s">
+      <c r="P3" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" s="1">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4">
+        <v>2022</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
         <v>32</v>
       </c>
-      <c r="D4">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="J4" t="s">
         <v>33</v>
       </c>
-      <c r="F4" t="s">
+      <c r="K4" t="s">
         <v>34</v>
       </c>
-      <c r="I4" t="s">
+      <c r="L4" t="s">
         <v>35</v>
       </c>
-      <c r="J4" t="s">
+      <c r="M4" t="s">
         <v>36</v>
       </c>
-      <c r="K4" t="s">
+      <c r="N4" t="s">
         <v>37</v>
       </c>
-      <c r="L4" t="s">
+      <c r="O4" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" s="1">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B5">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5">
+        <v>2021</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I5" t="s">
         <v>42</v>
       </c>
-      <c r="D5">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="J5" t="s">
         <v>43</v>
       </c>
-      <c r="F5" t="s">
+      <c r="K5" t="s">
         <v>44</v>
       </c>
-      <c r="I5" t="s">
+      <c r="L5" t="s">
         <v>45</v>
       </c>
-      <c r="J5" t="s">
+      <c r="M5" t="s">
         <v>46</v>
       </c>
-      <c r="K5" t="s">
+      <c r="N5" t="s">
         <v>47</v>
       </c>
-      <c r="L5" t="s">
+      <c r="O5" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" s="1">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B6">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6">
+        <v>2020</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I6" t="s">
         <v>52</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="J6" t="s">
         <v>53</v>
       </c>
-      <c r="F6" t="s">
+      <c r="K6" t="s">
         <v>54</v>
       </c>
-      <c r="I6" t="s">
+      <c r="L6" t="s">
         <v>55</v>
       </c>
-      <c r="J6" t="s">
+      <c r="M6" t="s">
         <v>56</v>
       </c>
-      <c r="K6" t="s">
+      <c r="N6" t="s">
         <v>57</v>
       </c>
-      <c r="L6" t="s">
+      <c r="O6" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" s="1">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B7">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D7">
+        <v>2019</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>61</v>
+      </c>
+      <c r="I7" t="s">
         <v>62</v>
       </c>
-      <c r="D7">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="J7" t="s">
         <v>63</v>
       </c>
-      <c r="F7" t="s">
+      <c r="K7" t="s">
         <v>64</v>
       </c>
-      <c r="I7" t="s">
+      <c r="L7" t="s">
         <v>65</v>
       </c>
-      <c r="J7" t="s">
+      <c r="M7" t="s">
         <v>66</v>
       </c>
-      <c r="K7" t="s">
+      <c r="N7" t="s">
         <v>67</v>
       </c>
-      <c r="L7" t="s">
+      <c r="O7" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="1">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B8">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D8">
+        <v>2018</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>71</v>
+      </c>
+      <c r="I8" t="s">
         <v>72</v>
       </c>
-      <c r="D8">
-[...2 lines deleted...]
-      <c r="E8" t="s">
+      <c r="J8" t="s">
         <v>73</v>
       </c>
-      <c r="F8" t="s">
+      <c r="K8" t="s">
         <v>74</v>
       </c>
-      <c r="H8" t="s">
+      <c r="L8" t="s">
         <v>75</v>
       </c>
-      <c r="I8" t="s">
+      <c r="M8" t="s">
         <v>76</v>
       </c>
-      <c r="J8" t="s">
+      <c r="N8" t="s">
         <v>77</v>
       </c>
-      <c r="K8" t="s">
+      <c r="O8" t="s">
         <v>78</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="1">
+        <v>145</v>
+      </c>
+      <c r="B9">
+        <v>2017</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9">
+        <v>2017</v>
+      </c>
+      <c r="E9" t="s">
+        <v>80</v>
+      </c>
+      <c r="F9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9" t="s">
+        <v>82</v>
+      </c>
+      <c r="I9" t="s">
+        <v>83</v>
+      </c>
+      <c r="J9" t="s">
+        <v>84</v>
+      </c>
+      <c r="K9" t="s">
+        <v>85</v>
+      </c>
+      <c r="L9" t="s">
+        <v>86</v>
+      </c>
+      <c r="M9" t="s">
+        <v>87</v>
+      </c>
+      <c r="N9" t="s">
+        <v>88</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10" spans="1:26">
+      <c r="A10" s="1">
         <v>144</v>
       </c>
-      <c r="B9">
+      <c r="B10">
         <v>2016</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9">
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10">
         <v>2016</v>
       </c>
-      <c r="E9" t="s">
-[...20 lines deleted...]
-      <c r="M9" t="s">
+      <c r="E10" t="s">
         <v>91</v>
       </c>
-      <c r="N9" t="s">
+      <c r="F10" t="s">
         <v>92</v>
       </c>
-      <c r="O9" t="s">
+      <c r="H10" t="s">
         <v>93</v>
+      </c>
+      <c r="I10" t="s">
+        <v>94</v>
+      </c>
+      <c r="J10" t="s">
+        <v>95</v>
+      </c>
+      <c r="K10" t="s">
+        <v>96</v>
+      </c>
+      <c r="L10" t="s">
+        <v>97</v>
+      </c>
+      <c r="M10" t="s">
+        <v>98</v>
+      </c>
+      <c r="N10" t="s">
+        <v>99</v>
+      </c>
+      <c r="O10" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">